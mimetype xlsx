--- v0 (2025-10-23)
+++ v1 (2025-12-21)
@@ -1,73 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Home\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Home\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8A4065C9-1588-4FE3-AF96-21B2AAAC3B39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD404EFE-D647-4165-B67B-1728F0D2BD0F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{67CDF05A-3372-469C-8617-EE677C7D0E96}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle2" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="45">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Vorname</t>
   </si>
   <si>
     <t>Heimatort</t>
   </si>
   <si>
     <t>von Bot</t>
   </si>
   <si>
     <t>bis Bot</t>
   </si>
   <si>
     <t>Hans</t>
   </si>
   <si>
     <t>Hochdorf</t>
   </si>
   <si>
     <t>Heinzer</t>
   </si>
   <si>
@@ -152,50 +152,56 @@
     <t>Somaini</t>
   </si>
   <si>
     <t>Rino</t>
   </si>
   <si>
     <t>Villiger</t>
   </si>
   <si>
     <t>Marcel</t>
   </si>
   <si>
     <t>Bieri</t>
   </si>
   <si>
     <t>Jörg</t>
   </si>
   <si>
     <t>Boesch</t>
   </si>
   <si>
     <t>Stephan</t>
   </si>
   <si>
     <t>Wicki</t>
+  </si>
+  <si>
+    <t>Scheuber</t>
+  </si>
+  <si>
+    <t>Patrick</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -235,52 +241,52 @@
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <alignment horizontal="left" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AE2334C9-C318-4199-A146-CE283367016C}" name="Tabelle1" displayName="Tabelle1" ref="A1:E16" totalsRowShown="0" headerRowDxfId="0">
-  <autoFilter ref="A1:E16" xr:uid="{AE2334C9-C318-4199-A146-CE283367016C}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AE2334C9-C318-4199-A146-CE283367016C}" name="Tabelle1" displayName="Tabelle1" ref="A1:E17" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A1:E17" xr:uid="{AE2334C9-C318-4199-A146-CE283367016C}"/>
   <tableColumns count="5">
     <tableColumn id="1" xr3:uid="{7904A7A2-43EC-409C-AC21-CDCB255299A8}" name="Name"/>
     <tableColumn id="2" xr3:uid="{03EC3BF0-421E-4F4A-BFC6-5570E4711B17}" name="Vorname"/>
     <tableColumn id="3" xr3:uid="{B421BDE8-76A6-47F8-8611-7B3F9036AB70}" name="Heimatort"/>
     <tableColumn id="4" xr3:uid="{F60C0BFE-00EA-4C07-AC37-7399343D506C}" name="von Bot"/>
     <tableColumn id="5" xr3:uid="{04A4D8D9-0D10-4433-BE33-78160C250EB5}" name="bis Bot"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -549,54 +555,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{25E63EA7-B4E8-4786-9C36-5692D9645608}">
-  <dimension ref="A1:E16"/>
+  <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:XFD1"/>
+      <selection activeCell="C26" sqref="C26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="39.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="19" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.85546875" style="4" customWidth="1"/>
     <col min="5" max="5" width="9.140625" style="4" customWidth="1"/>
     <col min="6" max="16384" width="39.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -833,51 +839,67 @@
         <v>41</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="3">
         <v>2015</v>
       </c>
       <c r="E15" s="3">
         <v>2021</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="3">
         <v>2021</v>
       </c>
-      <c r="E16" s="3"/>
+      <c r="E16" s="3">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D17" s="4">
+        <v>2025</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>